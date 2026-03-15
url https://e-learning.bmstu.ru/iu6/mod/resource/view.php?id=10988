--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,567 +1,525 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1416"/>
         <w:gridCol w:w="8469"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidTr="00EB675B">
+      <w:tr w:rsidR="00777A97" w:rsidRPr="00777A97" w14:paraId="2ABBEC8B" w14:textId="77777777" w:rsidTr="00EB675B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
+          <w:p w14:paraId="55156FAD" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="549DC932" wp14:editId="443C71E8">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-13970</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>209550</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="733425" cy="828675"/>
                   <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="-561" y="0"/>
                       <wp:lineTo x="-561" y="21352"/>
                       <wp:lineTo x="21881" y="21352"/>
                       <wp:lineTo x="21881" y="0"/>
                       <wp:lineTo x="-561" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
                   <wp:docPr id="2" name="Рисунок 2" descr="Gerb-BMSTU_01"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2" descr="Gerb-BMSTU_01"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:blip r:embed="rId7" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="733425" cy="828675"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
+          <w:p w14:paraId="326A2D78" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Министерство науки и высшего образования Российской Федерации</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
+          <w:p w14:paraId="2E5F2478" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Федеральное государственное </w:t>
             </w:r>
             <w:r w:rsidR="00686562">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>автономное</w:t>
             </w:r>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> образовательное учреждение </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
+          <w:p w14:paraId="1306DB33" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>высшего образования</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
+          </w:p>
+          <w:p w14:paraId="0913F192" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
             <w:pPr>
               <w:ind w:right="-2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Московский государственный технический университет</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
+          <w:p w14:paraId="5D2730CC" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
             <w:pPr>
               <w:ind w:right="-2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>имени Н.Э. Баумана</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
+          <w:p w14:paraId="4387FC3E" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(национальный исследовательский университет)»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
+          <w:p w14:paraId="52E4B335" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00EB675B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00777A97">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(МГТУ им. Н.Э. Баумана)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+    <w:p w14:paraId="066E66BE" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+    <w:p w14:paraId="54683D1F" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+    <w:p w14:paraId="3DFDADA5" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777A97">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ФАКУЛЬТЕТ </w:t>
       </w:r>
       <w:r w:rsidRPr="00777A97">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Информатика и системы управления</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+    <w:p w14:paraId="47FB758C" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+    <w:p w14:paraId="14D95733" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777A97">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">КАФЕДРА </w:t>
       </w:r>
       <w:r w:rsidRPr="00777A97">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Компьютерные системы и сети (ИУ</w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+        <w:t>Компьютерные системы и сети (ИУ6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F3031C" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+    <w:p w14:paraId="35CB433B" w14:textId="6FDA86AC" w:rsidR="00777A97" w:rsidRPr="00777A97" w:rsidRDefault="00777A97" w:rsidP="00777A97">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777A97">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">НАПРАВЛЕНИЕ ПОДГОТОВКИ  </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00777A97">
+        <w:t xml:space="preserve">НАПРАВЛЕНИЕ ПОДГОТОВКИ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E042A0" w:rsidRPr="00E042A0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00777A97">
+        </w:rPr>
+        <w:t>09.03.01 Информатика и вычислительная техника</w:t>
+      </w:r>
+      <w:r w:rsidR="00E042A0" w:rsidRPr="00E042A0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="000159C3" w:rsidRPr="00584C30" w:rsidRDefault="000159C3" w:rsidP="000159C3">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DF043A" w14:textId="77777777" w:rsidR="000159C3" w:rsidRPr="00584C30" w:rsidRDefault="000159C3" w:rsidP="000159C3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000159C3" w:rsidRPr="00584C30" w:rsidRDefault="000159C3" w:rsidP="000159C3">
+    <w:p w14:paraId="73B1FE15" w14:textId="77777777" w:rsidR="000159C3" w:rsidRPr="00584C30" w:rsidRDefault="000159C3" w:rsidP="000159C3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B225E" w:rsidRPr="00584C30" w:rsidRDefault="003B225E" w:rsidP="00984206">
+    <w:p w14:paraId="0E6D63BE" w14:textId="77777777" w:rsidR="003B225E" w:rsidRPr="00584C30" w:rsidRDefault="003B225E" w:rsidP="00984206">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="700" w:after="240"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="100"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00545E4B" w:rsidRDefault="003B225E" w:rsidP="00984206">
+    <w:p w14:paraId="15982A19" w14:textId="77777777" w:rsidR="00545E4B" w:rsidRDefault="003B225E" w:rsidP="00984206">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="700" w:after="240"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="100"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB06D6">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="100"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Отчет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00584C30" w:rsidRPr="00CB06D6" w:rsidRDefault="00584C30" w:rsidP="00584C30">
+    <w:p w14:paraId="0993ABCB" w14:textId="77777777" w:rsidR="00584C30" w:rsidRPr="00CB06D6" w:rsidRDefault="00584C30" w:rsidP="00584C30">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:spacing w:val="100"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0057778B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">по </w:t>
       </w:r>
       <w:r w:rsidRPr="004D2D19">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лабораторной работе</w:t>
       </w:r>
       <w:r w:rsidRPr="0057778B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> №</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00584C30" w:rsidRDefault="00584C30" w:rsidP="00584C30">
+    <w:p w14:paraId="013252C2" w14:textId="77777777" w:rsidR="00584C30" w:rsidRDefault="00584C30" w:rsidP="00584C30">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004E2696" w:rsidRPr="00717B30" w:rsidRDefault="00584C30" w:rsidP="00584C30">
+    <w:p w14:paraId="029D7EF3" w14:textId="77777777" w:rsidR="004E2696" w:rsidRPr="00717B30" w:rsidRDefault="00584C30" w:rsidP="00584C30">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Название</w:t>
       </w:r>
       <w:r w:rsidRPr="00E60AD0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
@@ -570,278 +528,276 @@
       </w:r>
       <w:r w:rsidR="0085366D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="000159C3">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Тема</w:t>
       </w:r>
       <w:r w:rsidR="00CB4074" w:rsidRPr="00CB4074">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> лабораторной работы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0057778B" w:rsidRDefault="0057778B" w:rsidP="00CB4074">
+    <w:p w14:paraId="6F1BD2AB" w14:textId="77777777" w:rsidR="0057778B" w:rsidRDefault="0057778B" w:rsidP="00CB4074">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00545E4B" w:rsidRPr="00CB4074" w:rsidRDefault="00CB4074" w:rsidP="00CB4074">
+    <w:p w14:paraId="196DDDC6" w14:textId="59ACC9BD" w:rsidR="00545E4B" w:rsidRPr="00CB4074" w:rsidRDefault="00CB4074" w:rsidP="00CB4074">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E60AD0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дисциплина:</w:t>
       </w:r>
       <w:r w:rsidR="0085366D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB4074">
+      <w:r w:rsidR="00E042A0" w:rsidRPr="00E042A0">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Название </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="003D30A6" w:rsidRDefault="003D30A6" w:rsidP="00545E4B">
+        <w:t>Конструирование и технология производства вычислительной техники</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E1B299" w14:textId="77777777" w:rsidR="003D30A6" w:rsidRDefault="003D30A6" w:rsidP="00545E4B">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D30A6" w:rsidRDefault="003D30A6" w:rsidP="00545E4B">
+    <w:p w14:paraId="3B8D5DDE" w14:textId="77777777" w:rsidR="003D30A6" w:rsidRDefault="003D30A6" w:rsidP="00545E4B">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000159C3" w:rsidRDefault="000159C3" w:rsidP="00545E4B">
+    <w:p w14:paraId="3956CFA9" w14:textId="77777777" w:rsidR="000159C3" w:rsidRDefault="000159C3" w:rsidP="00545E4B">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000159C3" w:rsidRDefault="000159C3" w:rsidP="00545E4B">
+    <w:p w14:paraId="52696135" w14:textId="77777777" w:rsidR="000159C3" w:rsidRDefault="000159C3" w:rsidP="00545E4B">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D30A6" w:rsidRDefault="003D30A6" w:rsidP="00545E4B">
+    <w:p w14:paraId="2FC30DCA" w14:textId="77777777" w:rsidR="003D30A6" w:rsidRDefault="003D30A6" w:rsidP="00545E4B">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2010"/>
         <w:gridCol w:w="1834"/>
         <w:gridCol w:w="1824"/>
         <w:gridCol w:w="2213"/>
         <w:gridCol w:w="2148"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidTr="00777A97">
+      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w14:paraId="2B135E54" w14:textId="77777777" w:rsidTr="00777A97">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="68F4C88F" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D30A6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Студент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="11BF0F69" w14:textId="1B369458" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00E042A0" w:rsidP="00E352CF">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D3615">
+            <w:r w:rsidRPr="00E042A0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИУ6-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E042A0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>ХХХХХХ</w:t>
+              <w:t>Х</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+          <w:p w14:paraId="69BEF37A" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00777A97">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2213" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="5D8F8255" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2148" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00584C30" w:rsidP="00584C30">
+          </w:tcPr>
+          <w:p w14:paraId="6587F01C" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00584C30" w:rsidP="00584C30">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>И</w:t>
             </w:r>
             <w:r w:rsidR="00777A97" w:rsidRPr="003D3615">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -866,698 +822,768 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Фами</w:t>
             </w:r>
             <w:r w:rsidRPr="00584C30">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>лия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidTr="00777A97">
+      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w14:paraId="22B1EF10" w14:textId="77777777" w:rsidTr="00777A97">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="21169588" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="7A735426" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003D30A6">
               <w:t>(Группа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          <w:p w14:paraId="35703C87" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2213" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="2DCED14C" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003D30A6">
               <w:t xml:space="preserve">(Подпись, </w:t>
             </w:r>
-            <w:commentRangeStart w:id="2"/>
+            <w:commentRangeStart w:id="0"/>
             <w:r w:rsidRPr="003D30A6">
               <w:t>дата</w:t>
             </w:r>
-            <w:commentRangeEnd w:id="2"/>
-            <w:r>
+            <w:commentRangeEnd w:id="0"/>
+            <w:r w:rsidR="00E042A0">
               <w:rPr>
                 <w:rStyle w:val="ab"/>
               </w:rPr>
-              <w:commentReference w:id="2"/>
+              <w:commentReference w:id="0"/>
             </w:r>
             <w:r w:rsidRPr="003D30A6">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2148" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="72402AAC" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003D30A6">
               <w:t>(И.О. Фамилия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidTr="00777A97">
+      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w14:paraId="54626F84" w14:textId="77777777" w:rsidTr="00777A97">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="1F2D05EB" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="1D48B854" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          <w:p w14:paraId="09D42B96" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2213" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="2B98CE65" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2148" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="2032B550" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidTr="00777A97">
+      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w14:paraId="5F31FA8D" w14:textId="77777777" w:rsidTr="00777A97">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="5F5CF04B" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Преподаватель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7B692E" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00777A97">
+          <w:p w14:paraId="187ECDD3" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00777A97">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2213" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="53AACF66" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2148" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00584C30" w:rsidP="003D3615">
+          </w:tcPr>
+          <w:p w14:paraId="5AE35B4A" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="00E042A0" w:rsidRDefault="00584C30" w:rsidP="003D3615">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:commentRangeStart w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>И</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3615">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>О</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3615">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Фами</w:t>
             </w:r>
             <w:r w:rsidRPr="00584C30">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>лия</w:t>
             </w:r>
+            <w:commentRangeEnd w:id="1"/>
+            <w:r w:rsidR="00E042A0">
+              <w:rPr>
+                <w:rStyle w:val="ab"/>
+              </w:rPr>
+              <w:commentReference w:id="1"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidTr="00777A97">
+      <w:tr w:rsidR="00777A97" w:rsidRPr="003D30A6" w14:paraId="320086A8" w14:textId="77777777" w:rsidTr="00777A97">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="1B65D6CE" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="2CEE5FAC" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          <w:p w14:paraId="4FD92439" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2213" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="584F7745" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003D30A6">
               <w:t>(Подпись, дата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2148" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
+          </w:tcPr>
+          <w:p w14:paraId="7B9F86BA" w14:textId="77777777" w:rsidR="00777A97" w:rsidRPr="003D30A6" w:rsidRDefault="00777A97" w:rsidP="00E352CF">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003D30A6">
               <w:t>(И.О. Фамилия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00545E4B" w:rsidRDefault="00545E4B" w:rsidP="00545E4B">
+    <w:p w14:paraId="593AA2E3" w14:textId="77777777" w:rsidR="00545E4B" w:rsidRDefault="00545E4B" w:rsidP="00545E4B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00545E4B" w:rsidRDefault="00545E4B" w:rsidP="00545E4B">
+    <w:p w14:paraId="3987BFB9" w14:textId="77777777" w:rsidR="00545E4B" w:rsidRDefault="00545E4B" w:rsidP="00545E4B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00545E4B" w:rsidRDefault="00545E4B" w:rsidP="00545E4B">
+    <w:p w14:paraId="27D2ED35" w14:textId="77777777" w:rsidR="00545E4B" w:rsidRDefault="00545E4B" w:rsidP="00545E4B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00545E4B" w:rsidRDefault="00545E4B" w:rsidP="00545E4B">
+    <w:p w14:paraId="61E2CB4A" w14:textId="79E05D98" w:rsidR="00545E4B" w:rsidRDefault="00545E4B" w:rsidP="00545E4B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Москва, 20__</w:t>
+        <w:t>Москва, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E042A0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00545E4B" w:rsidSect="00574EB5">
-      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="851" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...33 lines deleted...]
-    <w:p w:rsidR="00777A97" w:rsidRDefault="00777A97">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="Dmitrii" w:date="2026-02-11T10:55:00Z" w:initials="D">
+    <w:p w14:paraId="62E56029" w14:textId="77777777" w:rsidR="00E042A0" w:rsidRDefault="00E042A0" w:rsidP="00E042A0">
       <w:pPr>
         <w:pStyle w:val="ac"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ab"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>подпись и дата обязательны, формат даты ХХ.ХХ.20ХХ</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="1" w:author="Dmitrii" w:date="2026-02-11T10:56:00Z" w:initials="D">
+    <w:p w14:paraId="3C2506B9" w14:textId="77777777" w:rsidR="00E042A0" w:rsidRDefault="00E042A0" w:rsidP="00E042A0">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Д.В. Пешков </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Е.Ю. Оболенская</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="62E56029" w15:done="0"/>
+  <w15:commentEx w15:paraId="3C2506B9" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="68C608EC" w16cex:dateUtc="2026-02-11T07:55:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="107C5EE7" w16cex:dateUtc="2026-02-11T07:56:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="62E56029" w16cid:durableId="68C608EC"/>
+  <w16cid:commentId w16cid:paraId="3C2506B9" w16cid:durableId="107C5EE7"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E92DDB" w:rsidRDefault="00E92DDB">
+    <w:p w14:paraId="52354E9E" w14:textId="77777777" w:rsidR="001F125C" w:rsidRDefault="001F125C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E92DDB" w:rsidRDefault="00E92DDB">
+    <w:p w14:paraId="7B3725F1" w14:textId="77777777" w:rsidR="001F125C" w:rsidRDefault="001F125C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E92DDB" w:rsidRDefault="00E92DDB">
+    <w:p w14:paraId="7AB94CB9" w14:textId="77777777" w:rsidR="001F125C" w:rsidRDefault="001F125C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E92DDB" w:rsidRDefault="00E92DDB">
+    <w:p w14:paraId="6285FCFD" w14:textId="77777777" w:rsidR="001F125C" w:rsidRDefault="001F125C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00EB3384" w:rsidRDefault="00EB3384">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="18A8F73F" w14:textId="77777777" w:rsidR="00EB3384" w:rsidRDefault="00EB3384">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Dmitrii">
+    <w15:presenceInfo w15:providerId="None" w15:userId="Dmitrii"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00452407"/>
     <w:rsid w:val="0000572D"/>
     <w:rsid w:val="000159C3"/>
     <w:rsid w:val="00034D5E"/>
     <w:rsid w:val="000A3D06"/>
     <w:rsid w:val="001557C8"/>
     <w:rsid w:val="00197467"/>
     <w:rsid w:val="001C4CCA"/>
+    <w:rsid w:val="001F125C"/>
     <w:rsid w:val="003102CD"/>
     <w:rsid w:val="00362143"/>
     <w:rsid w:val="003B225E"/>
     <w:rsid w:val="003D30A6"/>
     <w:rsid w:val="003D3615"/>
     <w:rsid w:val="00452407"/>
     <w:rsid w:val="004D2D19"/>
     <w:rsid w:val="004E2696"/>
     <w:rsid w:val="00502CDD"/>
     <w:rsid w:val="005331A7"/>
     <w:rsid w:val="00545E4B"/>
     <w:rsid w:val="00561A19"/>
     <w:rsid w:val="00574EB5"/>
     <w:rsid w:val="0057778B"/>
     <w:rsid w:val="00584C30"/>
     <w:rsid w:val="00596BF2"/>
     <w:rsid w:val="005E2502"/>
     <w:rsid w:val="005F024E"/>
     <w:rsid w:val="006444BB"/>
     <w:rsid w:val="006459B3"/>
     <w:rsid w:val="00686562"/>
     <w:rsid w:val="007154C2"/>
     <w:rsid w:val="00717B30"/>
     <w:rsid w:val="00777A97"/>
     <w:rsid w:val="007A22A1"/>
     <w:rsid w:val="007A784A"/>
     <w:rsid w:val="007D3824"/>
     <w:rsid w:val="0085366D"/>
     <w:rsid w:val="0086530C"/>
     <w:rsid w:val="008D6CD9"/>
     <w:rsid w:val="00984206"/>
     <w:rsid w:val="00A0227A"/>
     <w:rsid w:val="00A12BF4"/>
     <w:rsid w:val="00A138AF"/>
+    <w:rsid w:val="00A36985"/>
     <w:rsid w:val="00B70F37"/>
     <w:rsid w:val="00CB06D6"/>
     <w:rsid w:val="00CB4074"/>
+    <w:rsid w:val="00E042A0"/>
     <w:rsid w:val="00E60AD0"/>
     <w:rsid w:val="00E92DDB"/>
     <w:rsid w:val="00EA0A6F"/>
     <w:rsid w:val="00EB3384"/>
     <w:rsid w:val="00EF0A4A"/>
     <w:rsid w:val="00F05BB9"/>
     <w:rsid w:val="00FC3951"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1EAED182"/>
+  <w15:docId w15:val="{FC615612-0C0D-4AD2-87CC-F10701B47D6B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1625,60 +1651,168 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00574EB5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Обычный1"/>
@@ -1729,392 +1863,58 @@
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:rsid w:val="00984206"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Схема документа Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="00984206"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00E60AD0"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...331 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:rsid w:val="0057778B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:rsid w:val="0057778B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
@@ -2142,57 +1942,57 @@
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="ac"/>
     <w:next w:val="ac"/>
     <w:link w:val="af"/>
     <w:rsid w:val="000159C3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Тема примечания Знак"/>
     <w:basedOn w:val="ad"/>
     <w:link w:val="ae"/>
     <w:rsid w:val="000159C3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2455,66 +2255,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47858761-1149-4CE3-8B91-7C69DCE8A128}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>109</Words>
-  <Characters>624</Characters>
+  <Words>116</Words>
+  <Characters>663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Государственное образовательное учреждение высшего профессионального образования</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>metod.bmstu.ru</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>732</CharactersWithSpaces>
+  <CharactersWithSpaces>778</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Государственное образовательное учреждение высшего профессионального образования</dc:title>
   <dc:creator>ovgot</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>