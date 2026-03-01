--- v0 (2025-11-03)
+++ v1 (2026-03-01)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1386"/>
         <w:gridCol w:w="7969"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D022AF" w14:paraId="3B9BF081" w14:textId="77777777" w:rsidTr="00D022AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1383" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="228571E7" w14:textId="77777777" w:rsidR="00D022AF" w:rsidRDefault="00D022AF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -818,51 +818,67 @@
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>» на Сайте Кафедры. Тема утверждается не позднее 3-й учебной недели. Смена темы происходит только по согласованию с руководителем работы и не позднее 7-й учебной недели.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3420B2BA" w14:textId="77777777" w:rsidR="006A55F0" w:rsidRPr="007A5409" w:rsidRDefault="009A3609" w:rsidP="005F04DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Поскольку речь идет о нереляционных базах данных то требования к количеству таблиц и записей в них не выставляются.</w:t>
+        <w:t xml:space="preserve">Поскольку речь идет о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A5409">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>нереляционных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A5409">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> базах данных то требования к количеству таблиц и записей в них не выставляются.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6575661B" w14:textId="7BFF423E" w:rsidR="006A55F0" w:rsidRPr="007A5409" w:rsidRDefault="006A55F0" w:rsidP="005F04DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Методология проектирования БД изложена </w:t>
       </w:r>
       <w:r w:rsidR="00D6663E" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
@@ -945,51 +961,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="8783"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A55F0" w:rsidRPr="007A5409" w14:paraId="1867FFB5" w14:textId="77777777" w:rsidTr="009E52F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63A20361" w14:textId="77777777" w:rsidR="006A55F0" w:rsidRPr="007A5409" w:rsidRDefault="006A55F0" w:rsidP="009E52F3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A5409">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02986FD2" wp14:editId="2087CDD2">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02986FD2" wp14:editId="43FB2B8D">
                   <wp:extent cx="198120" cy="198120"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="7" name="Рисунок 7" descr="attention1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 20" descr="attention1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -1594,70 +1610,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдаваемых системой;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="209201DB" w14:textId="77777777" w:rsidR="00597F32" w:rsidRPr="007A5409" w:rsidRDefault="00597F32" w:rsidP="00597F32">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>разработка руководства пользователя;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5DE0EA" w14:textId="77777777" w:rsidR="002B3E7A" w:rsidRPr="007A5409" w:rsidRDefault="002B3E7A" w:rsidP="00597F32">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="588A26E1" w14:textId="77777777" w:rsidR="00597F32" w:rsidRPr="007A5409" w:rsidRDefault="00597F32" w:rsidP="00597F32">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>оценка перспектив использования и развития системы.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47027695" w14:textId="77777777" w:rsidR="00597F32" w:rsidRPr="007A5409" w:rsidRDefault="00597F32" w:rsidP="006A55F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
@@ -2995,139 +2991,145 @@
         </w:rPr>
         <w:t xml:space="preserve"> отсылается руководителю проекта по электронной почте</w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>fomin</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>@</w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ru</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009A5E04" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (файл в формате </w:t>
       </w:r>
       <w:r w:rsidR="009A5E04" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>WORD</w:t>
       </w:r>
       <w:r w:rsidR="009A5E04" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r w:rsidR="009A5E04" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LIBREOFFICE</w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> с названием &lt;номер </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D6663E" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>группы&gt;</w:t>
       </w:r>
       <w:r w:rsidR="00D6663E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D6663E" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>фамилия и инициалы&gt;.</w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>docx</w:t>
       </w:r>
       <w:r w:rsidR="007A5409" w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
@@ -4062,105 +4064,105 @@
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5409">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Результаты представляются в виде отлаженной информационной системы, выполняющей функции данного ТЗ.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00882854" w:rsidRPr="007A5409">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 3">
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="023877A4"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14A6459C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70E69382"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
@@ -6307,84 +6309,87 @@
   <w:num w:numId="19" w16cid:durableId="1534876893">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1669365162">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1153985982">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1861818054">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1850560411">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1004818947">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1244948994">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D21AFA"/>
     <w:rsid w:val="000569F3"/>
     <w:rsid w:val="000C2595"/>
     <w:rsid w:val="000E21E6"/>
     <w:rsid w:val="00105DB4"/>
     <w:rsid w:val="00177C29"/>
     <w:rsid w:val="001816AE"/>
     <w:rsid w:val="001E7ECE"/>
     <w:rsid w:val="002A2BC3"/>
     <w:rsid w:val="002A6A99"/>
     <w:rsid w:val="002B33C7"/>
     <w:rsid w:val="002B3E7A"/>
     <w:rsid w:val="00326556"/>
     <w:rsid w:val="003468C3"/>
     <w:rsid w:val="00346B27"/>
+    <w:rsid w:val="003567C4"/>
     <w:rsid w:val="00361B18"/>
     <w:rsid w:val="003E0C7E"/>
     <w:rsid w:val="003E4776"/>
     <w:rsid w:val="004335A8"/>
     <w:rsid w:val="00453E33"/>
     <w:rsid w:val="004E722B"/>
+    <w:rsid w:val="0053696A"/>
     <w:rsid w:val="00584620"/>
     <w:rsid w:val="00597F32"/>
     <w:rsid w:val="005F04DE"/>
     <w:rsid w:val="00670054"/>
     <w:rsid w:val="006A55F0"/>
     <w:rsid w:val="006A68AD"/>
     <w:rsid w:val="006F7909"/>
     <w:rsid w:val="00715722"/>
     <w:rsid w:val="00765A32"/>
     <w:rsid w:val="00775C52"/>
     <w:rsid w:val="007A5409"/>
     <w:rsid w:val="007F0146"/>
     <w:rsid w:val="00801F7E"/>
     <w:rsid w:val="00803640"/>
     <w:rsid w:val="00830E10"/>
     <w:rsid w:val="00876B8F"/>
     <w:rsid w:val="00882854"/>
     <w:rsid w:val="00886C44"/>
     <w:rsid w:val="008D610E"/>
     <w:rsid w:val="008E3C05"/>
     <w:rsid w:val="00916DFD"/>
     <w:rsid w:val="009754AE"/>
     <w:rsid w:val="009A3609"/>
     <w:rsid w:val="009A5E04"/>
     <w:rsid w:val="009D0E0D"/>
@@ -6423,51 +6428,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0EFFD6BE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3E1B7144-CD52-4CD1-84F7-EE940BF683F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6941,51 +6946,51 @@
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="300" w:lineRule="auto"/>
       <w:ind w:left="80"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Начало примечания"/>
     <w:rsid w:val="008E3C05"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="79178824">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1300038006">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="200"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7974,69 +7979,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1394</Words>
-  <Characters>7951</Characters>
+  <Words>1389</Words>
+  <Characters>7923</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9327</CharactersWithSpaces>
+  <CharactersWithSpaces>9294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Михаил</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>