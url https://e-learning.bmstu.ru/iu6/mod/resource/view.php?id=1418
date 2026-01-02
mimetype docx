--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4961"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E211BA" w14:paraId="7BC11ACF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2501F5DD" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA" w:rsidP="00063795">
             <w:pPr>
               <w:pStyle w:val="affff3"/>
             </w:pPr>
           </w:p>
@@ -105,82 +105,91 @@
     <w:p w14:paraId="04DC7998" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA"/>
     <w:p w14:paraId="193165F5" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA"/>
     <w:p w14:paraId="17212227" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA"/>
     <w:p w14:paraId="6D27E3D8" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA"/>
     <w:p w14:paraId="2E5CBFB8" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA"/>
     <w:p w14:paraId="0C981624" w14:textId="77777777" w:rsidR="00794D59" w:rsidRDefault="00794D59" w:rsidP="00794D59">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Стандарт оформления</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3733BF33" w14:textId="41962889" w:rsidR="00E211BA" w:rsidRDefault="00794D59" w:rsidP="00794D59">
+    <w:p w14:paraId="3733BF33" w14:textId="5786B94A" w:rsidR="00E211BA" w:rsidRDefault="00794D59" w:rsidP="00794D59">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>документации (проект)</w:t>
+        <w:t xml:space="preserve">документации </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573ADAB2" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA"/>
     <w:p w14:paraId="29950692" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5529DE2A" w14:textId="2E79C330" w:rsidR="00E211BA" w:rsidRDefault="00794D59" w:rsidP="00794D59">
+    <w:p w14:paraId="5529DE2A" w14:textId="20722F21" w:rsidR="00E211BA" w:rsidRDefault="00794D59" w:rsidP="00794D59">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>Версия: 1.1</w:t>
+        <w:t>Версия: 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00195A4E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="423CC3E7" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30345C2C" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63C0C2FF" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7505A79F" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74FC69AE" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA">
       <w:pPr>
         <w:jc w:val="left"/>
@@ -832,65 +841,51 @@
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="2840E5D9" w14:textId="4AE0D3EC" w:rsidR="00377232" w:rsidRDefault="00377232">
           <w:pPr>
             <w:pStyle w:val="27"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc175064862" w:history="1">
             <w:r w:rsidRPr="007152F8">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>7.1. Ст</w:t>
-[...13 lines deleted...]
-              <w:t>ли</w:t>
+              <w:t>7.1. Стили</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc175064862 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3931,158 +3926,241 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Введение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>должно содержать оценку современного состояния решаемой научно-технической проблемы, обоснование необходимости реализации программно-технического решения, основные исходные данные разработки;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1584A07C" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1584A07C" w14:textId="622ABF53" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Главы основной части</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, описывающие, проектирование, разработку, тестирование ПО;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C0D6634" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
+        <w:t>, описывающие проектирование, разработку, тестирование ПО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0D6634" w14:textId="3EE70B9E" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Заключение </w:t>
+        <w:t>Заключение</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1420B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Выводы)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>содержит краткие выводы по результатам выполненной работы и отдельных ее этапов, оценку полноты решений поставленных задач, результаты оценки эффективности внедрения;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4916925C" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Список используемых источников </w:t>
       </w:r>
       <w:r>
         <w:t>содержит сведения об источниках, использованных при выполнении работы. Сведения об источниках следует располагать в порядке появления ссылок на источники в тексте документа;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F9B97A" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
+    <w:p w14:paraId="01F9B97A" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRPr="00B1420B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="280"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(См. раздел 7.10).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C53A1B6" w14:textId="414CB725" w:rsidR="00B1420B" w:rsidRDefault="00B1420B" w:rsidP="00B1420B">
+      <w:r w:rsidRPr="00B1420B">
+        <w:t xml:space="preserve">Допускается для </w:t>
+      </w:r>
+      <w:r>
+        <w:t>некоторых документов, например, отчеты по лабораторным работам, опускать некоторые разделы (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Аннотаци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>я,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1420B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Реферат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1420B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложения</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) если в них нет необходимости.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644D3FEE" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc413854691"/>
       <w:bookmarkStart w:id="11" w:name="_Toc175064860"/>
       <w:r w:rsidRPr="00261702">
         <w:lastRenderedPageBreak/>
         <w:t>Шаблоны</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="029A79AA" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t xml:space="preserve">Все документы создаются на основе шаблонов. Под </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5108,103 +5186,122 @@
         <w:t>После строчных букв и арабских цифр со скобками не ставится точка, а после заглавных букв и римских цифр ставится точка, например,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FEEA36" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>а)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736BF6C0" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE61B7D" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>А.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09B94814" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="240EED8D" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>Заглавные буквы начинают текст рубрик, оформленных буквами и цифрами с точками (IХ. А. 1.1.), строчные употребляются после рубрик, оформленных цифрами и буквами со скобками (1) и... ; 2) б... ; ).</w:t>
+        <w:t xml:space="preserve">Заглавные буквы начинают текст рубрик, оформленных буквами и цифрами с точками (IХ. А. 1.1.), строчные употребляются после рубрик, оформленных цифрами и буквами со скобками (1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>и...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ; 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>б...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t> ; ).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BBBFC3B" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc413854706"/>
       <w:bookmarkStart w:id="27" w:name="_Toc469371025"/>
       <w:bookmarkStart w:id="28" w:name="_Toc175064866"/>
       <w:r>
         <w:t>Примечания</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t>, боковики, выноски, сноски и врезки</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="25C8649D" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Все эти атрибуты печатной страницы запрещены.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C89435" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="2"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc175064867"/>
       <w:r w:rsidRPr="00261702">
         <w:t>Ссылки</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="10EA7F70" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>При нумерации ссылок на источники, использованные при составлении документа, приводится сплошная нумерация для всего текста в целом. Порядковый номер ссылки приводят арабскими цифрами в квадратных скобках в конце текста ссылки/отсылки/цитаты.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F27986C" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc175064868"/>
       <w:r w:rsidRPr="00261702">
         <w:t>Примеры</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="7D0F2B91" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7D0F2B91" w14:textId="58550958" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Краткие примеры не требуют выделения, достаточно вводного слова "например". Крупные примеры целесообразно оформлять в подраздел, который выделяется либо стилем, либо горизонтальными линиями.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1420B">
+        <w:t xml:space="preserve"> (См., например, раздел 7.10)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A074CB1" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="2"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc469371031"/>
       <w:bookmarkStart w:id="32" w:name="_Toc413854713"/>
       <w:bookmarkStart w:id="33" w:name="_Toc175064869"/>
       <w:r w:rsidRPr="00261702">
         <w:t>Таблицы</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="1515F540" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t xml:space="preserve">Таблицы оформляются стандартными средствами </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>WORD</w:t>
@@ -5243,60 +5340,51 @@
     </w:p>
     <w:p w14:paraId="3ED675A6" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="aff7"/>
       </w:pPr>
       <w:r>
         <w:t>Первая стока таблицы, представляющая собой названия столбцов должна быть набрана стилем "Заголовок таблицы". Нумерация таблиц обязательна и является сквозной в каждом документе, в главе или в приложении.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446C3E24" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="2"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc413854714"/>
       <w:bookmarkStart w:id="35" w:name="_Toc469371032"/>
       <w:bookmarkStart w:id="36" w:name="_Toc175064870"/>
       <w:r w:rsidRPr="00261702">
         <w:t>Рисунки</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="0D165A0D" w14:textId="4B6D9040" w:rsidR="008941A9" w:rsidRDefault="008941A9">
       <w:r>
-        <w:t xml:space="preserve">Рисунки являются важной частью </w:t>
-[...8 lines deleted...]
-        <w:t>мысли автора графическими</w:t>
+        <w:t>Рисунки являются важной частью документации, позволяющей проиллюстрировать мысли автора графическими</w:t>
       </w:r>
       <w:r w:rsidR="002F6F86">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>материалами</w:t>
       </w:r>
       <w:r w:rsidR="002F6F86">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0798C6F2" w14:textId="0F8F7208" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Требования к рисункам:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B14D98E" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>при вставке рисунков в тело документа масштаб изображения должен быть в пределах 100- 140%;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39EAD36F" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
@@ -5425,54 +5513,51 @@
       </w:r>
       <w:r w:rsidR="008941A9">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Форма/справочник/график "Название"</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A31057" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Точка в конце подписи к рисунку не ставится.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B68CEF" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Рисунки следует располагать в отчете непосредственно после текста документа, где они упоминаются впервые, или на следующей странице (по возможности ближе к соответствующим частям текста). На все иллюстрации в отчете должны быть даны ссылки.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E807B50" w14:textId="77777777" w:rsidR="008941A9" w:rsidRDefault="00000000">
       <w:r>
         <w:t xml:space="preserve">Экранные снимки, на которых представлено главное меню подсистемы, должны занимать всю область текста. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01497090" w14:textId="3C40EA14" w:rsidR="00E211BA" w:rsidRDefault="008941A9">
       <w:r>
-        <w:t>Не вставляйте лишние снимки экрана. Например, не следует вставлять снимки текстов образцов отчетов или других подобных документов, лучше вставить их текст в виде листинга и соответствующим образом отформатировать</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Не вставляйте лишние снимки экрана. Например, не следует вставлять снимки текстов образцов отчетов или других подобных документов, лучше вставить их текст в виде листинга и соответствующим образом отформатировать.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B2C23B8" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="2"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc469371027"/>
       <w:bookmarkStart w:id="38" w:name="_Toc413854708"/>
       <w:bookmarkStart w:id="39" w:name="_Toc175064871"/>
       <w:r w:rsidRPr="00261702">
         <w:t>Листинги</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="2763124D" w14:textId="4269225F" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Под листингами подразумеваются любые исходные тексты программ, запросов, макросов, образцов отчетов и т.п. Листинг размещается в одном абзаце. Для оформления листингов предусмотрен стиль "Листинг". Нумерация листингов обязательна и является сквозной в каждом документе, в главе или в приложении.</w:t>
       </w:r>
       <w:r w:rsidR="0008175A">
         <w:t xml:space="preserve"> Пример оформления листинга:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77FD544D" w14:textId="77777777" w:rsidR="00BD6A19" w:rsidRPr="00424529" w:rsidRDefault="00BD6A19" w:rsidP="00BD6A19">
@@ -5535,72 +5620,94 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UserControl_ReadProperties</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2F11F6FA" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="afff0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Private Sub </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>UserControl_ReadProperties</w:t>
+        <w:t>UserControl_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ReadProperties</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PropBag</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> As </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>As</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PropertyBag</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
         <w:t>Trap for invalid property values</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -5860,68 +5967,68 @@
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="589CB9BB" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Кавычки, в которые заключен элемент текста, например, название формы или команды меню, должны быть оформлены таким же стилем, как и текст.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F8E3359" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Если в тексте встречаются внешние и внутренние кавычки, то они должны быть набраны различными символами («…"…"…»).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D548CD6" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="2"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Toc175064875"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Элементы интерфейса</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
-    <w:p w14:paraId="0FABCDBB" w14:textId="55D8D601" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="002F6F86">
+    <w:p w14:paraId="0FABCDBB" w14:textId="0340CDD6" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="002F6F86">
       <w:r>
         <w:t xml:space="preserve">При описании интерфейса или написании инструкции пользователя необходимо пользоваться специальными терминами и </w:t>
       </w:r>
       <w:r w:rsidR="00576CAD">
         <w:t>приемами,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> описанными в «</w:t>
       </w:r>
       <w:r w:rsidR="002F6F86">
-        <w:t>Методические указания</w:t>
+        <w:t xml:space="preserve">Методические </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1420B">
+        <w:t>указания по</w:t>
       </w:r>
       <w:r w:rsidR="002F6F86">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> по написанию «Инструкции пользователя» программного продукта</w:t>
+        <w:t xml:space="preserve"> написанию «Инструкции пользователя» программного продукта</w:t>
       </w:r>
       <w:r>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D002632" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA"/>
     <w:p w14:paraId="19C62CE6" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000" w:rsidP="00261702">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="_Toc413854720"/>
       <w:bookmarkStart w:id="56" w:name="_Toc175064876"/>
       <w:r>
         <w:t xml:space="preserve">Стиль </w:t>
       </w:r>
       <w:r w:rsidRPr="00261702">
         <w:t>изложения</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
@@ -6434,845 +6541,845 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B04FA3A" w14:textId="70EC3360" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="2B04FA3A" w14:textId="70EC3360" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="12"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126840" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> Стили и их особенности</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126840 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79005C16" w14:textId="44B15B60" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="79005C16" w14:textId="44B15B60" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="12"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126841" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> Типичные языковые ошибки</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126841 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1DD9A0BF" w14:textId="6490AB70" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="1DD9A0BF" w14:textId="6490AB70" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="12"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126842" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> Стилистическая обработка текста</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126842 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40F87077" w14:textId="10B25C75" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="40F87077" w14:textId="10B25C75" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="27"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126843" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1. Рекомендации по выбору слов</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126843 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15FF5E19" w14:textId="1FA7C405" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="15FF5E19" w14:textId="1FA7C405" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="32"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126844" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1.1. Рекомендации по сокращению избыточности текста</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126844 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00C9A8E5" w14:textId="62CBDFC4" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="00C9A8E5" w14:textId="62CBDFC4" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="32"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126845" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1.2. Рекомендации по удалению усилений и оговорок</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126845 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53611B6D" w14:textId="2042293D" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="53611B6D" w14:textId="2042293D" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="32"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126846" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1.3. Рекомендации по употреблению слов, передающих намерения или рассуждения автора</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126846 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4F661451" w14:textId="5FE1628C" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="4F661451" w14:textId="5FE1628C" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="32"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126847" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1.4. Рекомендации по использованию оценочных суждений</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126847 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A264610" w14:textId="3AF2A598" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="1A264610" w14:textId="3AF2A598" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="27"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126848" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2. Рекомендации по использованию терминов</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126848 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="495A9719" w14:textId="390480EF" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="495A9719" w14:textId="390480EF" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="27"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126849" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.3. Рекомендации по правильному построению предложений</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126849 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="33637845" w14:textId="11CFCB5B" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="33637845" w14:textId="11CFCB5B" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="27"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126850" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.4.</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> Рекомендации по оформлению абзацев</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126850 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A09AEE9" w14:textId="01DEA2EE" w:rsidR="00273DCE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="0A09AEE9" w14:textId="01DEA2EE" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="12"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc172126851" w:history="1">
-            <w:r w:rsidR="00273DCE" w:rsidRPr="003B7444">
+            <w:r w:rsidRPr="003B7444">
               <w:rPr>
                 <w:rStyle w:val="a8"/>
                 <w:noProof/>
                 <w:lang w:bidi="ru-RU"/>
               </w:rPr>
               <w:t>Литература</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc172126851 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00273DCE">
-[...4 lines deleted...]
-            <w:r w:rsidR="00273DCE">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E47D89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="00273DCE">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="3087CAD5" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
           <w:pPr>
             <w:pStyle w:val="2b"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="827"/>
               <w:tab w:val="left" w:pos="7371"/>
             </w:tabs>
             <w:spacing w:before="0" w:after="120" w:line="442" w:lineRule="exact"/>
             <w:ind w:left="425" w:right="102" w:firstLine="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
@@ -13927,181 +14034,166 @@
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
     </w:p>
     <w:p w14:paraId="6A8E1559" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00C72C69" w:rsidRDefault="00273DCE" w:rsidP="00C72C69">
       <w:r>
         <w:t>В обычной речи мы часто используем выражения передающие намерения или рассуждения автора, особенно явно это видно в учебных и научных работах. Некоторые из таких выражений, передающих намерения автора приведены ниже:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D5E09B" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>рассмотрим;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13167C05" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>Вам предлагается;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A079E5" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
+    <w:p w14:paraId="60A079E5" w14:textId="78865B2D" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
-        <w:t>при дальнейшем рассмотрении.</w:t>
-[...43 lines deleted...]
-    <w:p w14:paraId="5036D55C" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
+        <w:t>при дальнейшем рассмотрении</w:t>
+      </w:r>
+      <w:r w:rsidR="00195A4E">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D456DDD" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E" w:rsidP="00195A4E">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>стоит подчеркнуть, что;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A4102C" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
+    <w:p w14:paraId="7B94988A" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E" w:rsidP="00195A4E">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>необходимо отметить, что;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0D5B73" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
+    <w:p w14:paraId="0EACDD7F" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E" w:rsidP="00195A4E">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>можно доказать, что;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7A2118" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
+    <w:p w14:paraId="18BA1241" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E" w:rsidP="00195A4E">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>ясно, что.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A547927" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00504599">
+    <w:p w14:paraId="054899EB" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E" w:rsidP="00195A4E">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1495"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35B88211" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00504599">
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="07713B3C" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00504599">
+      <w:r w:rsidRPr="00F460F7">
+        <w:t>Это выражения подходят для учебных пособий</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> и научных статей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F460F7">
+        <w:t>, но не использу</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F460F7">
+        <w:t xml:space="preserve">тся в </w:t>
+      </w:r>
+      <w:r>
+        <w:t>технических документах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F460F7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B88211" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00195A4E">
+      <w:r>
         <w:t>Необходимо также воздержаться от употребления рассуждений как текстовых ссылок:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0262A929" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00504599">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>как уже говорилось;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E003B5A" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00504599">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>как будет показано в дальнейшем;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F19AAE" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00504599">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>как уже было отмечено.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C7CB6C" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00273DCE">
       <w:pPr>
         <w:pStyle w:val="affff8"/>
       </w:pPr>
       <w:r w:rsidRPr="00273DCE">
         <w:rPr>
           <w:rStyle w:val="affff9"/>
           <w:b/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Рассуждение автора в предложениях</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4819"/>
         <w:gridCol w:w="4537"/>
       </w:tblGrid>
       <w:tr w:rsidR="00273DCE" w:rsidRPr="00273DCE" w14:paraId="77F3A9BA" w14:textId="77777777" w:rsidTr="00B75038">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
@@ -14867,51 +14959,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Полная проверка. Программа проверяет всю базу данных...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="12F5BFD5" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="0012733F"/>
     <w:p w14:paraId="78CD01ED" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="0012733F">
       <w:r>
         <w:t>Никогда не употребляйте слово «Полный» - никакой документ не может претендовать на абсолютную полноту информации.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BCFE019" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00506A77">
       <w:pPr>
         <w:pStyle w:val="affff8"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Оценочные суждения в предложениях</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4819"/>
         <w:gridCol w:w="4537"/>
       </w:tblGrid>
       <w:tr w:rsidR="00273DCE" w:rsidRPr="00273DCE" w14:paraId="613C109F" w14:textId="77777777" w:rsidTr="00506A77">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
@@ -15075,50 +15166,51 @@
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08FB7E2B" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="001B1EF3" w:rsidRDefault="00273DCE" w:rsidP="00273DCE">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="480" w:after="360"/>
         <w:rPr>
           <w:rStyle w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="88" w:name="_Toc172126848"/>
       <w:bookmarkStart w:id="89" w:name="_Toc172146704"/>
       <w:bookmarkStart w:id="90" w:name="_Toc175064887"/>
       <w:r w:rsidRPr="001B1EF3">
         <w:rPr>
           <w:rStyle w:val="21"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Рекомендации по использованию терминов</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="3323DA64" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00E27A46">
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Термины </w:t>
       </w:r>
       <w:r>
         <w:t>— это слова и словосочетания, которые имеют следующие особенности:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="017DEC99" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="007E6DF8">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
       <w:r>
         <w:t>точно обозначают понятия и их соотношения с другими понятиями;</w:t>
       </w:r>
     </w:p>
@@ -15542,127 +15634,92 @@
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="0D5C758E" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00FD6795" w:rsidRDefault="00273DCE" w:rsidP="00FD6795">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00FD6795">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Вы можете свернуть окно программы в системный </w:t>
-[...29 lines deleted...]
-              <w:t>, если вы его временно не используете.</w:t>
+              <w:t>Вы можете свернуть окно программы в системный трей, если вы его временно не используете.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="2F168774" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00FD6795" w:rsidRDefault="00273DCE" w:rsidP="00FD6795">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00FD6795">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Вы можете свернуть окно программы, которое временно не используется, и впоследствии развернуть его из области уведомлений.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41D2A4D1" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00506A77"/>
     <w:p w14:paraId="4909C6BC" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00506A77">
       <w:r>
         <w:t xml:space="preserve">Наиболее часто встречающаяся ошибка употребления терминов — это «усечение» термина. Ошибка заключается в том, что в контексте предложения используется усеченный, сокращенный вариант термина. В отрыве от контекста такой термин теряет свое значение. </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="1719E7DA" w14:textId="01794341" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00506A77">
       <w:pPr>
         <w:pStyle w:val="affff8"/>
       </w:pPr>
       <w:r>
         <w:t>Усечение термина</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00273DCE" w:rsidRPr="00FD6795" w14:paraId="505FF708" w14:textId="77777777">
         <w:trPr>
@@ -15869,50 +15926,51 @@
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55E8A12F" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00FD6795" w:rsidRDefault="00273DCE" w:rsidP="00FD6795">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00FD6795">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Вы можете восстановить файл из резервного хранилища в исходное местоположение или удалить копию.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="587C6D60" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00FD6795" w:rsidRDefault="00273DCE" w:rsidP="00FD6795">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00FD6795">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -16055,93 +16113,80 @@
       </w:r>
       <w:r w:rsidR="00424529">
         <w:t>противопоставления,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> всегда состоящие из двух частей.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="329BC39F" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
       <w:pPr>
         <w:pStyle w:val="360"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="826"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="370" w:lineRule="exact"/>
         <w:ind w:left="440" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CAC73AB" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="009B4228">
       <w:bookmarkStart w:id="94" w:name="bookmark18"/>
       <w:r>
         <w:t>Поставьте в подлежащее предложения пользователя или программу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDE36D9" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="009B4228">
+    <w:p w14:paraId="1FED968F" w14:textId="58FC53A2" w:rsidR="00E47D89" w:rsidRDefault="00273DCE" w:rsidP="009B4228">
       <w:r>
         <w:t>Введите действующие лица - пользователя и программу и стройте изложение на их взаимодействии.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
-    </w:p>
-[...8 lines deleted...]
-    <w:p w14:paraId="46B354C8" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="009B4228">
+      <w:r w:rsidR="00195A4E">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r>
         <w:t>Избегайте безличных предложений.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FED968F" w14:textId="77777777" w:rsidR="00E47D89" w:rsidRDefault="00E47D89" w:rsidP="009B4228"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2895EC05" w14:textId="77777777" w:rsidR="00E47D89" w:rsidRDefault="00E47D89" w:rsidP="009B4228"/>
     <w:p w14:paraId="68C86507" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AD8BEB8" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="002746EE">
       <w:pPr>
         <w:pStyle w:val="affff8"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Действующее лицо совпадает с подлежащим</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="4253"/>
       </w:tblGrid>
       <w:tr w:rsidR="00273DCE" w:rsidRPr="00FD6795" w14:paraId="43F61AD6" w14:textId="77777777" w:rsidTr="00BE2782">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
@@ -17506,51 +17551,50 @@
               <w:pStyle w:val="affff6"/>
               <w:rPr>
                 <w:rStyle w:val="50Calibri12pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">О каждом </w:t>
             </w:r>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="50Calibri12pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>компоненте</w:t>
             </w:r>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -17931,55 +17975,166 @@
     <w:p w14:paraId="71D07A96" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65FBB41E" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0439C4D5" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3740E25E" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="001C07A0">
+    <w:p w14:paraId="11D5FFCD" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29CE2136" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC6666C" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32F26903" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33D3AF6A" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="419DA93B" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AADDA09" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BB106B2" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F7D92B" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="570C0ED6" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B2E550" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="385A19BE" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03DA6E9E" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3740E25E" w14:textId="739A5C78" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="001C07A0">
       <w:pPr>
         <w:pStyle w:val="affff8"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Избегайте «нанизывания» падежей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9358" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4541"/>
         <w:gridCol w:w="4817"/>
       </w:tblGrid>
       <w:tr w:rsidR="00273DCE" w:rsidRPr="00C4483D" w14:paraId="48624BDA" w14:textId="77777777" w:rsidTr="001C07A0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="798"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18722,51 +18877,50 @@
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="64C19E78" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00C4483D" w:rsidRDefault="00273DCE" w:rsidP="00C4483D">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Этот идентификатор характеризует аппаратные характеристики вашего компьютера и не содержит вашей личной информации, такой как...</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72E95701" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00C4483D" w:rsidRDefault="00273DCE" w:rsidP="00C4483D">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>(«ложные» однородные члены)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -18990,50 +19144,51 @@
             <w:tcW w:w="4786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="42A61AE6" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00C4483D" w:rsidRDefault="00273DCE" w:rsidP="00C4483D">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Активация программы осуществляется через веб-сервер компании, для соединения с которым требуется подключение к интернету.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="7962B5D4" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00C4483D" w:rsidRDefault="00273DCE" w:rsidP="00C4483D">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -19503,51 +19658,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Чтобы выбрать закладку Статус, нажмите на значок статуса или на панель, на которой значок статуса расположен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3658856F" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D03CC1C" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00CB5131"/>
     <w:p w14:paraId="15BA57BE" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00CB5131">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Соотносительные слова определяют логические связи в предложении. Опуская соотносительные слова, следите за тем, чтобы логические связи между частями предложения оставались очевидными.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C4DA62" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00CB5131">
       <w:pPr>
         <w:pStyle w:val="affff8"/>
         <w:ind w:left="1134"/>
       </w:pPr>
       <w:r>
         <w:t>Соотносительные слова</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7366" w:type="dxa"/>
         <w:tblInd w:w="1181" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3316"/>
@@ -19856,75 +20010,89 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A00EC0A" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRPr="00C4483D" w:rsidRDefault="00273DCE" w:rsidP="00C4483D">
             <w:pPr>
               <w:pStyle w:val="affff6"/>
             </w:pPr>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Когда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01D062F9" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
-      <w:pPr>
+    <w:p w14:paraId="22E79116" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E" w:rsidP="00195A4E">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3271940B" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
+    <w:p w14:paraId="60917C21" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A493C92" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
+    <w:p w14:paraId="5668B0B5" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76A57DF5" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00CB5131">
+    <w:p w14:paraId="5D2DF672" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="096F196B" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E" w:rsidP="00CB5131">
+      <w:pPr>
+        <w:pStyle w:val="affff8"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A57DF5" w14:textId="475455DF" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00CB5131">
       <w:pPr>
         <w:pStyle w:val="affff8"/>
       </w:pPr>
       <w:r>
         <w:t>Применение утверждений вместо отрицаний.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9377" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4678"/>
         <w:gridCol w:w="4699"/>
       </w:tblGrid>
       <w:tr w:rsidR="00273DCE" w:rsidRPr="00C4483D" w14:paraId="27C53DBD" w14:textId="77777777" w:rsidTr="00DF5B3E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="350"/>
@@ -20555,97 +20723,98 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">. С другой стороны, </w:t>
             </w:r>
             <w:r w:rsidRPr="00C4483D">
               <w:rPr>
                 <w:rStyle w:val="5012pt0pt"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>они могут долгое время, никак не проявлять себя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="232DEC04" w14:textId="77777777" w:rsidR="000B24B1" w:rsidRDefault="000B24B1">
+    <w:p w14:paraId="232DEC04" w14:textId="062EC357" w:rsidR="000B24B1" w:rsidRDefault="000B24B1">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="140"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="102" w:name="_Toc172126850"/>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="5AEAB55B" w14:textId="77777777" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="140"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1D955D91" w14:textId="2E34304E" w:rsidR="00273DCE" w:rsidRPr="00FD6795" w:rsidRDefault="00273DCE" w:rsidP="00FD6795">
       <w:pPr>
         <w:pStyle w:val="10"/>
       </w:pPr>
       <w:bookmarkStart w:id="103" w:name="_Toc172146706"/>
       <w:bookmarkStart w:id="104" w:name="_Toc175064889"/>
       <w:r w:rsidRPr="00FD6795">
         <w:rPr>
           <w:rStyle w:val="140"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Рекомендации по оформлению абзацев</w:t>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
     </w:p>
     <w:p w14:paraId="06334C36" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00C8315B">
       <w:r>
         <w:t>Необходимо отметить, что текст разбивается автором на абзацы не в произвольном, свободном порядке, а в соответствии с определенными правилами:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78FF607F" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00273DCE">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:ind w:left="1135" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Каждый абзац посвящен одной теме.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7825E0C5" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00273DCE">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:ind w:left="1135" w:hanging="284"/>
       </w:pPr>
@@ -20667,51 +20836,60 @@
         <w:pStyle w:val="20"/>
         <w:ind w:left="1135" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Предложения в абзаце согласованы.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F97CC78" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00273DCE">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:ind w:left="1135" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>В первом предложении абзаца местоимения не заменяют существительные, которые употреблялись в предыдущем абзаце.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D8C10C1" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="00273DCE">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:ind w:left="1135" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>В предложениях абзаца местоимения не заменяют существительные, употребляемые в качестве второстепенных членов предложения.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C0D632" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
+    <w:p w14:paraId="45C0D632" w14:textId="4B088D30" w:rsidR="00195A4E" w:rsidRDefault="00195A4E">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221D4733" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE">
       <w:pPr>
         <w:spacing w:line="720" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41040BC3" w14:textId="6229AD2D" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="006055F2">
       <w:pPr>
         <w:pStyle w:val="afb"/>
       </w:pPr>
       <w:bookmarkStart w:id="105" w:name="_Toc172126851"/>
       <w:r>
         <w:t>Литература</w:t>
       </w:r>
       <w:bookmarkEnd w:id="105"/>
     </w:p>
     <w:p w14:paraId="4994F229" w14:textId="77777777" w:rsidR="006055F2" w:rsidRPr="006055F2" w:rsidRDefault="006055F2" w:rsidP="006055F2">
       <w:pPr>
         <w:pStyle w:val="aff7"/>
         <w:rPr>
           <w:lang w:bidi="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53441307" w14:textId="77777777" w:rsidR="00273DCE" w:rsidRDefault="00273DCE" w:rsidP="001268B8">
       <w:pPr>
         <w:pStyle w:val="a"/>
@@ -20783,283 +20961,284 @@
       <w:pPr>
         <w:pStyle w:val="a"/>
       </w:pPr>
       <w:r>
         <w:t>ГОСТ (проект) С</w:t>
       </w:r>
       <w:r w:rsidRPr="00383931">
         <w:t>тиль изложения документации пользователя программного средства</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE28DAF" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00E211BA"/>
     <w:sectPr w:rsidR="00E211BA">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="272" w:charSpace="16384"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="139E9735" w14:textId="77777777" w:rsidR="002C2505" w:rsidRDefault="002C2505">
+    <w:p w14:paraId="2B236F73" w14:textId="77777777" w:rsidR="00B833CB" w:rsidRDefault="00B833CB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B4FF475" w14:textId="77777777" w:rsidR="002C2505" w:rsidRDefault="002C2505">
+    <w:p w14:paraId="4506864B" w14:textId="77777777" w:rsidR="00B833CB" w:rsidRDefault="00B833CB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{93062ED8-0202-40A1-8D99-DC11F3938FD5}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{CED8A776-A7C7-4445-8E0C-0152E9259B55}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{7E6ED57F-6A1F-412A-A1CD-1FF73749EC14}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{BCCF6CE2-BCDA-47E7-9DAF-C628DFFEAFD1}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{C02E6F1C-7F36-4661-BC5A-9A8DA08AC793}"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{4773F645-F7FF-4EDD-9121-9D629C2A5D60}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId7" w:fontKey="{160DCBA7-CFDC-4E1A-B532-CFE26F6502F5}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{B06DB2CE-5CD8-4636-9C5B-FD96C140C170}"/>
+    <w:embedBold r:id="rId5" w:fontKey="{4BAB13DF-0976-475B-B58B-D66A111483B9}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{8650C83C-909E-4131-9480-87B581C1E2A5}"/>
+    <w:embedBoldItalic r:id="rId7" w:fontKey="{774C7CE2-8B3F-488B-8B4E-76B51CBBFBE2}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId8" w:fontKey="{7F82C69B-5D5F-47F8-A5DD-9C4813168EC3}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{E1056DD5-6E0D-44D3-AFD5-C18A04074B91}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:fontKey="{3855EC40-7B5A-45D3-9CAD-06BEE758F127}"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{C6DFB0AA-95E2-49E7-ABBF-299A95CD5D65}"/>
   </w:font>
   <w:font w:name="FreeSans">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedBold r:id="rId10" w:fontKey="{DBC8B6F3-CB21-4246-B10F-6E255839D0E4}"/>
+    <w:embedBold r:id="rId10" w:fontKey="{5E4EA196-349F-4656-BC69-6389DF0C625F}"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="HeliosCond">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier">
-    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="David">
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId11" w:fontKey="{77D86475-22E5-4F91-B1E3-E6872E4ABBF6}"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{CB7049A1-FAFA-4DD2-8EE5-4DAD04F6FE18}"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId12" w:fontKey="{F6914E57-7F8F-42BA-B2D1-2D8A66C0D035}"/>
+    <w:embedRegular r:id="rId12" w:fontKey="{33BDF797-1CC8-4DAA-BD41-3BC2CA0A53C4}"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedItalic r:id="rId13" w:fontKey="{6788341C-AB3C-4A88-A04C-81A09D22287B}"/>
+    <w:embedItalic r:id="rId13" w:fontKey="{A541BA29-02AC-4425-A135-6AD93BC95349}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4B9DDDF9" w14:textId="77777777" w:rsidR="00E211BA" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4B9DDDF9" w14:textId="21226AEC" w:rsidR="00E211BA" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="af1"/>
     </w:pPr>
     <w:r>
       <w:t>ИУ-6, МГТУ им. Н.Э. Баумана,</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r>
-      <w:t>2024</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00195A4E">
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D9ECDCE" w14:textId="77777777" w:rsidR="002C2505" w:rsidRDefault="002C2505">
+    <w:p w14:paraId="3122C18A" w14:textId="77777777" w:rsidR="00B833CB" w:rsidRDefault="00B833CB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D8AFB8B" w14:textId="77777777" w:rsidR="002C2505" w:rsidRDefault="002C2505">
+    <w:p w14:paraId="29B292D7" w14:textId="77777777" w:rsidR="00B833CB" w:rsidRDefault="00B833CB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1457602566"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="0DF7773A" w14:textId="61E50EAC" w:rsidR="000B24B1" w:rsidRDefault="000B24B1" w:rsidP="000B24B1">
         <w:pPr>
           <w:pStyle w:val="a7"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01287F58"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F689B9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
@@ -26393,163 +26572,167 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="1443105979">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E211BA"/>
     <w:rsid w:val="000354F6"/>
     <w:rsid w:val="00063795"/>
     <w:rsid w:val="0008175A"/>
     <w:rsid w:val="000B24B1"/>
+    <w:rsid w:val="000C1030"/>
+    <w:rsid w:val="00195A4E"/>
     <w:rsid w:val="001D1333"/>
     <w:rsid w:val="00261702"/>
     <w:rsid w:val="00273DCE"/>
     <w:rsid w:val="002C2505"/>
     <w:rsid w:val="002F6F86"/>
     <w:rsid w:val="00367F2D"/>
     <w:rsid w:val="00376BAA"/>
     <w:rsid w:val="00377232"/>
     <w:rsid w:val="00420022"/>
     <w:rsid w:val="00424529"/>
     <w:rsid w:val="00466780"/>
     <w:rsid w:val="00490BCD"/>
     <w:rsid w:val="004A1390"/>
     <w:rsid w:val="004B6878"/>
     <w:rsid w:val="00546122"/>
     <w:rsid w:val="00576CAD"/>
     <w:rsid w:val="006055F2"/>
     <w:rsid w:val="00651295"/>
     <w:rsid w:val="006B5585"/>
     <w:rsid w:val="006C6A18"/>
     <w:rsid w:val="00702527"/>
     <w:rsid w:val="007359D6"/>
     <w:rsid w:val="00794D59"/>
     <w:rsid w:val="007B1EF9"/>
     <w:rsid w:val="007B4162"/>
     <w:rsid w:val="00863668"/>
     <w:rsid w:val="00880628"/>
     <w:rsid w:val="008941A9"/>
     <w:rsid w:val="008B34A4"/>
     <w:rsid w:val="00916836"/>
     <w:rsid w:val="0099278B"/>
     <w:rsid w:val="009B711C"/>
     <w:rsid w:val="009C70FA"/>
     <w:rsid w:val="009D77AD"/>
     <w:rsid w:val="00AA5B5D"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00B1420B"/>
+    <w:rsid w:val="00B833CB"/>
     <w:rsid w:val="00BD652B"/>
     <w:rsid w:val="00BD6905"/>
     <w:rsid w:val="00BD6A19"/>
     <w:rsid w:val="00BE0985"/>
     <w:rsid w:val="00C3456E"/>
     <w:rsid w:val="00C4483D"/>
     <w:rsid w:val="00C60B90"/>
     <w:rsid w:val="00CC5050"/>
     <w:rsid w:val="00DB6C3D"/>
     <w:rsid w:val="00DD2E88"/>
     <w:rsid w:val="00E211BA"/>
     <w:rsid w:val="00E47301"/>
     <w:rsid w:val="00E47D89"/>
     <w:rsid w:val="00E7753D"/>
     <w:rsid w:val="00F51920"/>
     <w:rsid w:val="00F73A76"/>
     <w:rsid w:val="00FD6795"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7A9CD8CB"/>
   <w15:docId w15:val="{57ACC279-C5A8-4D8B-AF0E-F01E3533A3F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -29460,51 +29643,51 @@
       <w:b/>
       <w:sz w:val="24"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00273DCE"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -29774,72 +29957,72 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>7484</Words>
-  <Characters>42665</Characters>
+  <Words>7475</Words>
+  <Characters>42609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>355</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Стандарт оформления пользовательской документации</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>1.0</Manager>
   <Company>Diasoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50049</CharactersWithSpaces>
+  <CharactersWithSpaces>49985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Стандарт оформления пользовательской документации</dc:title>
   <dc:subject>Система технологических документов</dc:subject>
   <dc:creator>ЦБТ</dc:creator>
   <cp:keywords>1.0</cp:keywords>
   <dc:description>Стандарт оформления технической документации</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>