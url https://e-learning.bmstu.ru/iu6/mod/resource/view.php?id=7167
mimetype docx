--- v0 (2025-10-07)
+++ v1 (2026-03-01)
@@ -1,1800 +1,1906 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no" ?>
-[...5 lines deleted...]
-
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" mc:Ignorable="co co-ooxml w14 x14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="01000000">
-[...1 lines deleted...]
-        <w:ind/>
+    <w:p w14:paraId="01000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Список вопросов по дисциплине «Электротехника»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02000000">
-[...1 lines deleted...]
-        <w:ind/>
+    <w:p w14:paraId="02000000" w14:textId="5E9C3988" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>д</w:t>
-[...28 lines deleted...]
-        <w:ind/>
+        <w:t>для студентов 2 курса кафедры ИУ-6 (202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E876BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E876BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уч. год)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Модель электрической цепи: допущения и отличия от реальной электромагнитной системы. Квазистационарные системы. Элементы электрической цепи. Ток, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>напряжение, ЭДС. Условные графические обозначения элементов схем. Основные правила изображения схем согласно ЕСКД.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...10 lines deleted...]
-        <w:ind/>
+        <w:t>Двухполюсники. Активные и пассивные двухполюсники. Активные и реактивные элементарные двухполюсники, связь между токами и напряжениями реа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ктивных двухполюсников. Обобщенный закон Ома. Пример применения обобщенного закона Ома.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. Законы Кирхгофа: физическое обоснование, формулировки. Линейно-независимые уравнения. Примеры применения для цепи постоянного тока.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06000000">
-[...35 lines deleted...]
-        <w:ind/>
+    <w:p w14:paraId="06000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Законы Кирхгофа. Вывод формул </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преобразования треугольник-звезда и звезда-треугольник на основе законов Кирхгофа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Линейные и нелинейные цепи. Инерционные и безынерционные цепи. Вольтамперная характеристика. Способы аппроксимации нелинейных вольтамперных характеристик. Гармонический с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">игнал на выходе безынерционных линейной и нелинейной цепей. Примеры применения нелинейных пассивных двухполюсников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...10 lines deleted...]
-        <w:ind/>
+        <w:t>Принцип суперпозиции. Методы наложения, взаимности. Методы эквивалентных преобразований. Входное сопротивление и входная проводимость. П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ример применения метода наложения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Активные двухполюсники. Метод эквивалентного источника тока и источника напряжения. Электрическая мощность и энергия постоянного тока. Энергетический баланс схемы. Пример расчета энергетического баланса.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A000000">
-[...18 lines deleted...]
-        <w:ind/>
+    <w:p w14:paraId="0A000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Метод узлов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ых потенциалов для цепи постоянного тока. Правила составления уравнений. Преобразование ветвей с нулевым сопротивлением. Пример применения метода узловых потенциалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9. Метод контурных токов. Пример применения метода контурных токов.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C000000">
-[...647 lines deleted...]
-        <w:ind/>
+    <w:p w14:paraId="0C000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Гармонические сиг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">налы: модуль, частота, начальная фаза. Представление гармонических сигналов на комплексной плоскости. Комплексные числа, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>правила выполнения основных операций над комплексными числами. Понятие о функциях комплексного переменного. Комплексная амплитуда. Слож</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ение колебаний равных частот. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Производная и неопределенный интеграл от комплексной гармонической функции. Комплексное сопротивление и проводимость. Схема замещения цепи в комплексной форме. Метод комплексных амплитуд. Геометрическая интерпретация. При</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мер применения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Методы расчета цепей в установившемся режиме при гармоническом воздействии. Законы Ома и Кирхгофа в комплексной форме, их геометрическая интерпретация. Полная, активная и реактивная мощности. Действующие значения тока и напряжения. Энер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гетический баланс при гармоническом воздействии. Пример расчета энергетического баланса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Методы расчета цепей в установившемся режиме при гармоническом воздействии. Методы контурных токов и узловых потенциалов в комплексной форме, их геометрическая инт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ерпретация. Пример решения системы уравнений для одного из методов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Спектральное представление периодических сигналов. Обобщенное преобразование Фурье. Гармонический спектр Фурье, прямое и обратное преобразование Фурье, спектральные компоненты сигнала.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Частотный метод анализа воздействия на цепь периодическим сигналом произвольной формы. Пример расчета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Колебательный контур. Частота собственных колебаний без потерь, частота свободных затухающих колебаний и резонансная частота: вывод соотношений. Доб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ротность, полоса пропускания, коэффициент затухания. Частотные характеристики колебательного контура.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. Последовательный колебательный контур: переходные процессы при подаче сигнала с произвольной частотой и при выключении этого сигнала. Декремент и лога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рифмический коэффициент затухания, постоянная времени контура, добротность, запасенная энергия и средняя мощность потерь. Вывести соотношения для расчета этих параметров и указать взаимосвязь между ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Параллельный колебательный контур: переходные пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оцессы при подаче сигнала с произвольной частотой и при выключении этого сигнала. Декремент и логарифмический коэффициент затухания, постоянная времени контура, добротность, запасенная энергия и средняя мощность потерь. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Вывести соотношения для расчета этих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> параметров и указать взаимосвязь между ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18. Влияние нагрузки на характеристики последовательного колебательного контура: добротность, резонансную частоту, частоту свободных колебаний, декремент затухания, полосу пропускания. Привести пример расчета н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оминалов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>R,L</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,C по добротности, резонансной частоте и резонансному току двухполюсника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19. Влияние нагрузки на характеристики параллельного колебательного контура: добротность, резонансную частоту, частоту свободных колебаний, декремент затухания, полосу пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">опускания. Привести пример расчета номиналов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>R,L</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,C по добротности, резонансной частоте и резонансному току двухполюсника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Магнитная и емкостная связь. Трансформатор как четырехполюсник. Коэффициент магнитной связи. Коэффициент трансформации. Вносимое с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>опротивление, входное сопротивление, трансформация сопротивления нагрузки в идеальном трансформаторе. Привести пример расчета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21. Классический метод анализа переходных процессов. Свободные и вынужденные колебания. Пример расчета напряжения на выходе интег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рирующей LR-цепи при включении постоянного напряжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Классический метод анализа переходных процессов. Свободные и вынужденные колебания. Пример расчета напряжения на выходе интегрирующей RC-цепи при включении постоянного напряжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Классический </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>метод анализа переходных процессов. Свободные и вынужденные колебания. Пример расчета напряжения на выходе дифференцирующей RL-цепи при включении постоянного напряжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24 Классический метод анализа переходных процессов. Свободные и вынужденные колебания.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пример расчета напряжения на выходе дифференцирующей CR-цепи при включении постоянного напряжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25. Классический метод анализа переходных процессов. Законы коммутации с обоснованием. Дифференциальное уравнение цепи. Выбор тока или напряжения в качестве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дифференцируемой функции. Уравнение свободных колебаний, характеристическое уравнение. Нахождение уравнения вынужденных колебаний. Методы задания и количество начальных условий. Привести примеры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>26. Понятие об обобщенных функциях. Функция Хэвисайда и дел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ьта-функция: основные свойства, связь между ними. Переходная и импульсная характеристики цепи, связь между ними. Использование переходной и импульсной характеристик для анализа цепей. Привести пример.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27. Интегралы Дюамеля: вывод соотношений, интерпретация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основе принципа суперпозиции. Применение интегралов Дюамеля при ненулевых начальных условиях. Привести пример.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28. Применение преобразования Лапласа для анализа электрических цепей. Пример применения при воздействии меандра постоянной амплитуды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29. Пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именение преобразования Лапласа для анализа электрических цепей. Метод решения линейных дифференциальных уравнений цепи при ненулевых начальных условиях методом преобразования Лапласа. Привести пример.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30. Прямое и обратное преобразование Лапласа. Оригинал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и изображение. Применение преобразования Лапласа для анализа электрических цепей. Привести пример. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31. Электрические цепи с распределенными параметрами (длинные линии). Вывод телеграфных уравнений и уравнений Гельмгольца. Погонные сопротивления, проводим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ости, волновое сопротивление. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32. Электрические цепи с распределенными параметрами (длинные линии). Вывод волновых уравнений линии без потерь. Волновое сопротивление, коэффициент фазы, фазовая скорость, время задержки, групповая скорость. Гармонические во</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лны в линии без потерь и с малыми потерями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. Электрические цепи с распределенными параметрами (длинные линии), нагруженные на известное сопротивление. Прямая и отраженная волна, бегущая и стоячая волна. Коэффициент отражения, коэффициент бегущей волны, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коэффициент стоячей волны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="002C7471">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34. Вывод соотношения для распределения напряжения и тока по длине линии при наличии отражения. Режимы короткого замыкания, холостого хода, согласованной нагрузки, реактивной нагрузки. Входное сопротивление длинной линии.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25000000">
-[...9 lines deleted...]
-      <w:pgMar w:bottom="1134" w:footer="708" w:gutter="0" w:header="708" w:left="1701" w:right="850" w:top="1134"/>
+    <w:p w14:paraId="25000000" w14:textId="77777777" w:rsidR="00AE7E32" w:rsidRDefault="00AE7E32">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AE7E32">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...3 lines deleted...]
-    <w:family w:val="auto"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:csb0="0000019F" w:csb1="00000000" w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:csb0="00020000" w:csb1="00000000" w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="XO Thames">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:csb0="00000001" w:csb1="00000000" w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000"/>
-[...28 lines deleted...]
-    <w:sig w:csb0="00000001" w:csb1="00000000" w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" mc:Ignorable="co co-ooxml w14 x14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:clrSchemeMapping w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:bg1="light1" w:bg2="light2" w:followedHyperlink="followedHyperlink" w:hyperlink="hyperlink" w:t1="dark1" w:t2="dark2"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00AE7E32"/>
+    <w:rsid w:val="002C7471"/>
+    <w:rsid w:val="00AE7E32"/>
+    <w:rsid w:val="00E876BE"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1F126062"/>
+  <w15:docId w15:val="{B5D55FE7-8307-42F8-A38A-39B1508F2630}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" mc:Ignorable="co co-ooxml w14 x14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorAscii" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
-        <w:spacing w:val="0"/>
         <w:sz w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:count="24" w:defLockedState="0" w:defQFormat="0" w:defSemiHidden="1" w:defUIPriority="99" w:defUnhideWhenUsed="1">
-[...526 lines deleted...]
-    <w:lsdException w:name="heading 9" w:qFormat="1" w:uiPriority="9"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:qFormat="1" w:uiPriority="35"/>
-[...116 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:qFormat="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
+    <w:link w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:styleId="Heading1" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:next w:val="a"/>
+    <w:link w:val="11"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00111FAE"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480"/>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
-      <w:bCs/>
-      <w:color w:themeColor="accent1" w:themeShade="B5" w:val="345A8A"/>
       <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
-[...2 lines deleted...]
-  <w:style w:default="1" w:styleId="DefaultParagraphFont" w:type="character">
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:default="1" w:styleId="TableNormal" w:type="table">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:type="dxa" w:w="0"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:type="dxa" w:w="0"/>
-[...2 lines deleted...]
-        <w:right w:type="dxa" w:w="108"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:default="1" w:styleId="NoList" w:type="numbering">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:customStyle="1" w:styleId="Heading1Char" w:type="character">
-[...6 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Обычный1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="toc 2"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:ind w:left="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Оглавление 2 Знак"/>
+    <w:link w:val="21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="41">
+    <w:name w:val="toc 4"/>
+    <w:next w:val="a"/>
+    <w:link w:val="42"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:ind w:left="600"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="42">
+    <w:name w:val="Оглавление 4 Знак"/>
+    <w:link w:val="41"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="toc 6"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:ind w:left="1000"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Оглавление 6 Знак"/>
+    <w:link w:val="6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="toc 7"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:ind w:left="1200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Оглавление 7 Знак"/>
+    <w:link w:val="7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:link w:val="3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
-      <w:bCs/>
-      <w:color w:themeColor="accent1" w:themeShade="B5" w:val="345A8A"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="31">
+    <w:name w:val="toc 3"/>
+    <w:next w:val="a"/>
+    <w:link w:val="32"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:ind w:left="400"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+    <w:name w:val="Оглавление 3 Знак"/>
+    <w:link w:val="31"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:link w:val="5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:link w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
       <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Гиперссылка1"/>
+    <w:link w:val="a3"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:link w:val="12"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:link w:val="Footnote0"/>
+    <w:pPr>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Footnote0">
+    <w:name w:val="Footnote"/>
+    <w:link w:val="Footnote"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13">
+    <w:name w:val="toc 1"/>
+    <w:next w:val="a"/>
+    <w:link w:val="14"/>
+    <w:uiPriority w:val="39"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Оглавление 1 Знак"/>
+    <w:link w:val="13"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:link w:val="HeaderandFooter0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderandFooter0">
+    <w:name w:val="Header and Footer"/>
+    <w:link w:val="HeaderandFooter"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="toc 9"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:ind w:left="1600"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Оглавление 9 Знак"/>
+    <w:link w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="toc 8"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:ind w:left="1400"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Оглавление 8 Знак"/>
+    <w:link w:val="8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="51">
+    <w:name w:val="toc 5"/>
+    <w:next w:val="a"/>
+    <w:link w:val="52"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:ind w:left="800"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="52">
+    <w:name w:val="Оглавление 5 Знак"/>
+    <w:link w:val="51"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Subtitle"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:link w:val="a4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:link w:val="a6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Title"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="567" w:after="567"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Заголовок Знак"/>
+    <w:link w:val="a6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:link w:val="4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:link w:val="2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:allowPNG/>
-  <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no" ?>
-[...8 lines deleted...]
-
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
@@ -1950,43 +2056,75 @@
                 <a:shade val="20000"/>
                 <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
         </a:gradFill>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1182</Words>
+  <Characters>6744</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Application>MyOffice-CoreFramework-Windows/25</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7911</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Сергей Павлович Скворцов</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>